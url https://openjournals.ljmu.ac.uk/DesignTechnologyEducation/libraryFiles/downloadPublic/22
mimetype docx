--- v0 (2025-10-04)
+++ v1 (2025-11-24)
@@ -1,880 +1,894 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="152E9F71" w14:textId="77777777" w:rsidR="007A25C4" w:rsidRDefault="007A25C4" w:rsidP="00AB50E2">
+    <w:p w14:paraId="5A3869D6" w14:textId="77777777" w:rsidR="007A25C4" w:rsidRDefault="007A25C4" w:rsidP="00AB50E2">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Article Title using Title Style</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A76F0B" w14:textId="77777777" w:rsidR="00650E33" w:rsidRPr="00650E33" w:rsidRDefault="007A25C4" w:rsidP="00955E6C">
+    <w:p w14:paraId="41411CA5" w14:textId="77777777" w:rsidR="00650E33" w:rsidRPr="00650E33" w:rsidRDefault="007A25C4" w:rsidP="00955E6C">
       <w:pPr>
         <w:pStyle w:val="AuthorsandAffiliations"/>
       </w:pPr>
       <w:r>
         <w:t>Author</w:t>
       </w:r>
       <w:r w:rsidR="008864AB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>Affiliation</w:t>
       </w:r>
       <w:r w:rsidR="00955E6C">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5BCD4B" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
+    <w:p w14:paraId="79F4C0FA" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EDF76FB" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
+    <w:p w14:paraId="3D9C2B42" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
       <w:r>
         <w:t>Abstract text</w:t>
       </w:r>
       <w:r w:rsidR="008864AB">
         <w:t xml:space="preserve"> here.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE478FD" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
+    <w:p w14:paraId="2B34674F" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Keywords</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21025ADA" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
+    <w:p w14:paraId="146BFD7F" w14:textId="77777777" w:rsidR="00BD552E" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
       <w:r>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidR="008871C0">
         <w:t>, separate</w:t>
       </w:r>
       <w:r w:rsidR="00D34532">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="008871C0">
         <w:t>, by commas</w:t>
       </w:r>
       <w:r w:rsidR="00D2775F">
         <w:t xml:space="preserve">, no full stop </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726427F9" w14:textId="77777777" w:rsidR="008871C0" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
+    <w:p w14:paraId="0DE8A2AB" w14:textId="77777777" w:rsidR="008871C0" w:rsidRDefault="00BD552E" w:rsidP="00BD552E">
       <w:r>
         <w:t>Article text starts here</w:t>
       </w:r>
       <w:r w:rsidR="008871C0">
         <w:t>, immediately after the keywords and is Normal Style</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008871C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075E5FF1" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRPr="00BD552E" w:rsidRDefault="00FA11EE" w:rsidP="00BD552E">
+    <w:p w14:paraId="30B53012" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRPr="00BD552E" w:rsidRDefault="00FA11EE" w:rsidP="00BD552E">
       <w:r w:rsidRPr="00FA11EE">
         <w:t>In publishing and graphic design, Lorem ipsum is a placeholder text commonly used to demonstrate the visual form of a document or a typeface without relying on meaningful content. Lorem ipsum may be used as a placeholder before final copy is available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9343FE" w14:textId="77777777" w:rsidR="00CD6E89" w:rsidRDefault="00CD6E89" w:rsidP="00CD6E89">
+    <w:p w14:paraId="3201F3FD" w14:textId="77777777" w:rsidR="00CD6E89" w:rsidRDefault="00CD6E89" w:rsidP="00CD6E89">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Heading</w:t>
       </w:r>
       <w:r w:rsidR="002773D1">
         <w:t>, Title Case</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA43DE5" w14:textId="77777777" w:rsidR="00CD6E89" w:rsidRDefault="00CD6E89" w:rsidP="00CD6E89">
+    <w:p w14:paraId="0FF9F566" w14:textId="77777777" w:rsidR="00CD6E89" w:rsidRDefault="00CD6E89" w:rsidP="00CD6E89">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Sub Heading</w:t>
       </w:r>
       <w:r w:rsidR="002773D1">
         <w:t>, Title Case</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE72CC4" w14:textId="77777777" w:rsidR="00CD6E89" w:rsidRDefault="00CD6E89" w:rsidP="00CD6E89">
+    <w:p w14:paraId="0347FE49" w14:textId="77777777" w:rsidR="00CD6E89" w:rsidRDefault="00CD6E89" w:rsidP="00CD6E89">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Sub sub heading</w:t>
       </w:r>
       <w:r w:rsidR="002773D1">
         <w:t>, Title Case</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AD4C58" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRDefault="00FA11EE" w:rsidP="006D0BB4">
+    <w:p w14:paraId="7BF2DAC8" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRDefault="00FA11EE" w:rsidP="006D0BB4">
       <w:r w:rsidRPr="00FA11EE">
         <w:t>In publishing and graphic design, Lorem ipsum is a placeholder text commonly used to demonstrate the visual form of a document or a typeface without relying on meaningful content. Lorem ipsum may be used as a placeholder before final copy is available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B56B072" w14:textId="77777777" w:rsidR="00AB50E2" w:rsidRDefault="00EE0CB4" w:rsidP="00AB50E2">
+    <w:p w14:paraId="2EC02791" w14:textId="77777777" w:rsidR="00AB50E2" w:rsidRDefault="00EE0CB4" w:rsidP="00AB50E2">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE: Images should be placed in line with text using </w:t>
       </w:r>
       <w:r w:rsidR="005F55E5">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Caption</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> style and no additional formatting. Please do not use text wrapping. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77BBF581" w14:textId="77777777" w:rsidR="00AB50E2" w:rsidRPr="00AB50E2" w:rsidRDefault="00AB50E2" w:rsidP="00AB50E2"/>
-    <w:p w14:paraId="00C64BE1" w14:textId="77777777" w:rsidR="00C25878" w:rsidRPr="00C25878" w:rsidRDefault="00970660" w:rsidP="00AB50E2">
+    <w:p w14:paraId="1CBAA84A" w14:textId="77777777" w:rsidR="00AB50E2" w:rsidRPr="00AB50E2" w:rsidRDefault="00AB50E2" w:rsidP="00AB50E2"/>
+    <w:p w14:paraId="3FD6E4B7" w14:textId="77777777" w:rsidR="00C25878" w:rsidRPr="00C25878" w:rsidRDefault="00970660" w:rsidP="00AB50E2">
       <w:pPr>
         <w:pStyle w:val="caption-figure"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
-        <w:r w:rsidR="00F2519C">
+        <w:r w:rsidR="00C4625A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:r w:rsidR="002773D1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E41B26">
         <w:t xml:space="preserve"> Figure captions using: Figure, numeral, </w:t>
       </w:r>
       <w:r w:rsidR="002773D1">
         <w:t>full stop</w:t>
       </w:r>
       <w:r w:rsidR="00E41B26">
         <w:t>, sentence case tex</w:t>
       </w:r>
       <w:r w:rsidR="00C25878">
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5259AD83" w14:textId="77777777" w:rsidR="005F55E5" w:rsidRPr="005F55E5" w:rsidRDefault="005F55E5" w:rsidP="005F55E5">
+    <w:p w14:paraId="32112569" w14:textId="77777777" w:rsidR="005F55E5" w:rsidRPr="005F55E5" w:rsidRDefault="005F55E5" w:rsidP="005F55E5">
       <w:r w:rsidRPr="00FA11EE">
         <w:t>In publishing and graphic design, Lorem ipsum is a placeholder text commonly used to demonstrate the visual form of a document or a typeface without relying on meaningful content. Lorem ipsum may be used as a placeholder before final copy is available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55624BF6" w14:textId="77777777" w:rsidR="00C27ABC" w:rsidRPr="00C27ABC" w:rsidRDefault="00E453C6" w:rsidP="00C27ABC">
+    <w:p w14:paraId="56D4FA52" w14:textId="77777777" w:rsidR="00C27ABC" w:rsidRPr="00C27ABC" w:rsidRDefault="00E453C6" w:rsidP="00C27ABC">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-        <w:r w:rsidR="00F2519C">
+        <w:r w:rsidR="00C4625A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:r w:rsidR="00D34532">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E41B26">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="00D34532">
         <w:t>title exactly as Figure captions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3115"/>
         <w:gridCol w:w="3115"/>
         <w:gridCol w:w="3115"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E453C6" w14:paraId="05F05CD5" w14:textId="77777777" w:rsidTr="00D34532">
+      <w:tr w:rsidR="00E453C6" w14:paraId="57603912" w14:textId="77777777" w:rsidTr="00D34532">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37090BB6" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRPr="00D34532" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="4393F913" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRPr="00D34532" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71131BCE" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRPr="00D34532" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="1EC72D37" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRPr="00D34532" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="051EB41D" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRPr="00D34532" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="5A1E4C41" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRPr="00D34532" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E453C6" w14:paraId="5FBC778E" w14:textId="77777777" w:rsidTr="00D34532">
+      <w:tr w:rsidR="00E453C6" w14:paraId="24311527" w14:textId="77777777" w:rsidTr="00D34532">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="712615DE" w14:textId="77777777" w:rsidR="00C27ABC" w:rsidRDefault="00C27ABC" w:rsidP="00DE26D2">
+          <w:p w14:paraId="217A511D" w14:textId="77777777" w:rsidR="00C27ABC" w:rsidRDefault="00C27ABC" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
             <w:r>
               <w:t>Table text use</w:t>
             </w:r>
             <w:r w:rsidR="00AB50E2">
               <w:t xml:space="preserve"> Normal – No Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D21D238" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="6C869CC0" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="758A8FD3" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="03385C14" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E453C6" w14:paraId="424F34F9" w14:textId="77777777" w:rsidTr="00D34532">
+      <w:tr w:rsidR="00E453C6" w14:paraId="64922704" w14:textId="77777777" w:rsidTr="00D34532">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C435D9F" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="0A054141" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6B9134" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="06A51B0E" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CAE35B4" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
+          <w:p w14:paraId="070BA3A8" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="00DE26D2">
             <w:pPr>
               <w:pStyle w:val="Normal-NoSpace"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73B01496" w14:textId="77777777" w:rsidR="00EA2B47" w:rsidRDefault="00EA2B47" w:rsidP="00E41B26"/>
-    <w:p w14:paraId="4512C06B" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRDefault="00FA11EE" w:rsidP="00E41B26">
+    <w:p w14:paraId="55EFAD20" w14:textId="77777777" w:rsidR="00EA2B47" w:rsidRDefault="00EA2B47" w:rsidP="00E41B26"/>
+    <w:p w14:paraId="66D19B4F" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRDefault="00FA11EE" w:rsidP="00E41B26">
       <w:r>
         <w:t>Back to normal text</w:t>
       </w:r>
       <w:r w:rsidR="003508B3">
         <w:t xml:space="preserve"> before a brief quotation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B6CA182" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRDefault="00FA11EE" w:rsidP="00A325C2">
+    <w:p w14:paraId="12401B1D" w14:textId="77777777" w:rsidR="00FA11EE" w:rsidRDefault="00FA11EE" w:rsidP="00A325C2">
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Full </w:t>
       </w:r>
       <w:r w:rsidRPr="00A325C2">
         <w:t>quotation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117CF3DD" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00A325C2" w:rsidP="00A325C2">
+    <w:p w14:paraId="405CF337" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00A325C2" w:rsidP="00A325C2">
       <w:r>
         <w:t>And</w:t>
       </w:r>
       <w:r w:rsidR="00311D90">
         <w:t>, once again, back to normal</w:t>
       </w:r>
       <w:r w:rsidR="00932F31">
         <w:t xml:space="preserve"> before a list:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A40DAD" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00932F31">
+    <w:p w14:paraId="48EB49FD" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00932F31">
       <w:pPr>
         <w:pStyle w:val="List-Bullets"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bulleted list item</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAD55A8" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00932F31">
+    <w:p w14:paraId="058253EB" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00932F31">
       <w:pPr>
         <w:pStyle w:val="List-Bullets"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>And another</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBBBD29" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00932F31">
+    <w:p w14:paraId="73DA0C26" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00932F31">
       <w:pPr>
         <w:pStyle w:val="List-Bullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3654BCE7" w14:textId="77777777" w:rsidR="00932F31" w:rsidRPr="00A4788A" w:rsidRDefault="00932F31" w:rsidP="00932F31">
+    <w:p w14:paraId="0F110D56" w14:textId="77777777" w:rsidR="00932F31" w:rsidRPr="00A4788A" w:rsidRDefault="00932F31" w:rsidP="00932F31">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Back to normal, noting that the list above has a non-bulleted item at the end</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDFB465" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00A325C2">
+    <w:p w14:paraId="1C3955B7" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00A325C2">
       <w:r>
         <w:t>And a numbered list:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001875AA" w14:textId="77777777" w:rsidR="00932F31" w:rsidRPr="00A4788A" w:rsidRDefault="00932F31" w:rsidP="00932F31">
+    <w:p w14:paraId="5E9A0D2B" w14:textId="77777777" w:rsidR="00932F31" w:rsidRPr="00A4788A" w:rsidRDefault="00932F31" w:rsidP="00932F31">
       <w:pPr>
         <w:pStyle w:val="List-Numbers"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>List item</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4566AEAF" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00955E6C">
+    <w:p w14:paraId="56F81398" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00955E6C">
       <w:pPr>
         <w:pStyle w:val="List-Numbers"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Second item</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4844B3" w14:textId="77777777" w:rsidR="00955E6C" w:rsidRPr="00955E6C" w:rsidRDefault="00955E6C" w:rsidP="00955E6C">
+    <w:p w14:paraId="06149A6B" w14:textId="77777777" w:rsidR="00955E6C" w:rsidRPr="00955E6C" w:rsidRDefault="00955E6C" w:rsidP="00955E6C">
       <w:pPr>
         <w:pStyle w:val="List-Numbers"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62802EF6" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00A325C2">
+    <w:p w14:paraId="5F74B96F" w14:textId="77777777" w:rsidR="00932F31" w:rsidRDefault="00932F31" w:rsidP="00A325C2">
       <w:r>
         <w:t>Again, with a non-bulleted item at the end of the list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A968C73" w14:textId="77777777" w:rsidR="00955E6C" w:rsidRDefault="00955E6C" w:rsidP="00DE26D2">
+    <w:p w14:paraId="1BFACADE" w14:textId="77777777" w:rsidR="00955E6C" w:rsidRDefault="00955E6C" w:rsidP="00DE26D2">
       <w:pPr>
         <w:pStyle w:val="List-Numbers"/>
       </w:pPr>
       <w:r>
         <w:t>Finally, a Normal style with no paragraph space – just in case it’s useful – might fit better to format some authors’ papers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C970600" w14:textId="77777777" w:rsidR="00955E6C" w:rsidRDefault="00955E6C" w:rsidP="00A325C2">
+    <w:p w14:paraId="7F455D91" w14:textId="77777777" w:rsidR="00955E6C" w:rsidRDefault="00955E6C" w:rsidP="00A325C2">
       <w:r>
         <w:t>And ending with a normal, normal paragraph.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CDE8E5" w14:textId="77777777" w:rsidR="00311D90" w:rsidRDefault="00311D90" w:rsidP="00311D90">
+    <w:p w14:paraId="2323895A" w14:textId="77777777" w:rsidR="00311D90" w:rsidRDefault="00311D90" w:rsidP="00311D90">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acknowledgements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6C6A30" w14:textId="77777777" w:rsidR="00311D90" w:rsidRDefault="003508B3" w:rsidP="00311D90">
+    <w:p w14:paraId="2558F6F9" w14:textId="77777777" w:rsidR="00311D90" w:rsidRDefault="003508B3" w:rsidP="00311D90">
       <w:r w:rsidRPr="005E3311">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>OPTIONAL</w:t>
       </w:r>
       <w:r w:rsidR="00A5673A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> SECTION</w:t>
       </w:r>
       <w:r w:rsidRPr="005E3311">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">: Use Heading 1 followed by Normal text to create Acknowledgements, Declarations, or </w:t>
       </w:r>
       <w:r w:rsidR="00311D90" w:rsidRPr="005E3311">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Privacy</w:t>
       </w:r>
       <w:r w:rsidRPr="005E3311">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> statements.</w:t>
       </w:r>
       <w:r w:rsidR="00311D90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30329AD7" w14:textId="77777777" w:rsidR="00DE1FEA" w:rsidRPr="00DE1FEA" w:rsidRDefault="00DE1FEA" w:rsidP="00311D90">
+    <w:p w14:paraId="6107678D" w14:textId="77777777" w:rsidR="00DE1FEA" w:rsidRPr="00DE1FEA" w:rsidRDefault="00DE1FEA" w:rsidP="00311D90">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1FEA">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>At this point we would like to thank and acknowledge Derek Jones from the Open University for creating this template for the DATE journal.  His support is greatly appreciated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206AF70F" w14:textId="77777777" w:rsidR="00311D90" w:rsidRDefault="00311D90" w:rsidP="00311D90">
+    <w:p w14:paraId="741C75CB" w14:textId="77777777" w:rsidR="00311D90" w:rsidRDefault="00311D90" w:rsidP="00311D90">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4294C2D5" w14:textId="77777777" w:rsidR="003B5D5E" w:rsidRDefault="003B5D5E" w:rsidP="003B5D5E">
+    <w:p w14:paraId="02DFEA54" w14:textId="77777777" w:rsidR="003B5D5E" w:rsidRDefault="003B5D5E" w:rsidP="003B5D5E">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5D5E">
         <w:t xml:space="preserve">Jones, D. (2021) ‘Making little things visible’, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5D5E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Design and Technology Education: an International Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5D5E">
         <w:t>, vol. 26, no. 1, pp. 8–11.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60032AB0" w14:textId="77777777" w:rsidR="005E3311" w:rsidRPr="005E3311" w:rsidRDefault="005E3311" w:rsidP="005E3311">
+    <w:p w14:paraId="632D5C79" w14:textId="77777777" w:rsidR="005E3311" w:rsidRPr="005E3311" w:rsidRDefault="005E3311" w:rsidP="005E3311">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="005E3311">
         <w:t xml:space="preserve">Kimbell, R. and Stables, K. (2007) </w:t>
       </w:r>
       <w:r w:rsidRPr="005E3311">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Researching Design Learning: Issues and findings from two decades of research and development</w:t>
       </w:r>
       <w:r w:rsidRPr="005E3311">
         <w:t>, Springer</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74897C73" w14:textId="77777777" w:rsidR="005E3311" w:rsidRPr="003B5D5E" w:rsidRDefault="005E3311" w:rsidP="003B5D5E">
+    <w:p w14:paraId="5E41847F" w14:textId="77777777" w:rsidR="005E3311" w:rsidRPr="003B5D5E" w:rsidRDefault="005E3311" w:rsidP="003B5D5E">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="597831CD" w14:textId="77777777" w:rsidR="001E0732" w:rsidRPr="004319C2" w:rsidRDefault="001E0732" w:rsidP="001E0732">
+    <w:p w14:paraId="1284D441" w14:textId="77777777" w:rsidR="001E0732" w:rsidRPr="004319C2" w:rsidRDefault="001E0732" w:rsidP="001E0732">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk63691926"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="731B6035" w14:textId="77777777" w:rsidR="00311D90" w:rsidRPr="00311D90" w:rsidRDefault="00311D90" w:rsidP="00311D90"/>
+    <w:p w14:paraId="0CCF8C78" w14:textId="77777777" w:rsidR="00311D90" w:rsidRPr="00311D90" w:rsidRDefault="00311D90" w:rsidP="00311D90"/>
     <w:sectPr w:rsidR="00311D90" w:rsidRPr="00311D90" w:rsidSect="00E453C6">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11901" w:h="16817"/>
       <w:pgMar w:top="1843" w:right="1270" w:bottom="1134" w:left="1276" w:header="431" w:footer="459" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06BB51A8" w14:textId="77777777" w:rsidR="00B279D2" w:rsidRDefault="00B279D2" w:rsidP="00E453C6">
+    <w:p w14:paraId="257557D6" w14:textId="77777777" w:rsidR="00C4625A" w:rsidRDefault="00C4625A" w:rsidP="00E453C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C1EAD96" w14:textId="77777777" w:rsidR="00B279D2" w:rsidRDefault="00B279D2" w:rsidP="00E453C6">
+    <w:p w14:paraId="1312B499" w14:textId="77777777" w:rsidR="00C4625A" w:rsidRDefault="00C4625A" w:rsidP="00E453C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="568934109"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="30D390F7" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="008231C3">
+      <w:p w14:paraId="545D4EEC" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="008231C3">
         <w:pPr>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="3F6D1D76" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6"/>
+  <w:p w14:paraId="1AA9A57A" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-880468685"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="79FD3003" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="008231C3">
+      <w:p w14:paraId="5BE52F69" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6" w:rsidP="008231C3">
         <w:pPr>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="0127D3DC" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6"/>
+  <w:p w14:paraId="0258C828" w14:textId="77777777" w:rsidR="00E453C6" w:rsidRDefault="00E453C6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45BFAF5A" w14:textId="77777777" w:rsidR="00B279D2" w:rsidRDefault="00B279D2" w:rsidP="00E453C6">
+    <w:p w14:paraId="432384D2" w14:textId="77777777" w:rsidR="00C4625A" w:rsidRDefault="00C4625A" w:rsidP="00E453C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3512FF7A" w14:textId="77777777" w:rsidR="00B279D2" w:rsidRDefault="00B279D2" w:rsidP="00E453C6">
+    <w:p w14:paraId="7835A299" w14:textId="77777777" w:rsidR="00C4625A" w:rsidRDefault="00C4625A" w:rsidP="00E453C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6E02AD66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="247CEB6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -1972,179 +1986,183 @@
   <w:num w:numId="11" w16cid:durableId="1952474475">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="284167164">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1310328730">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="89661441">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="490491291">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="878012865">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="484394533">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F2519C"/>
+    <w:rsidRoot w:val="00C4625A"/>
     <w:rsid w:val="0003656D"/>
     <w:rsid w:val="000A6DC1"/>
     <w:rsid w:val="001448E4"/>
     <w:rsid w:val="001A7979"/>
     <w:rsid w:val="001E0732"/>
     <w:rsid w:val="001E4B4B"/>
     <w:rsid w:val="001F4AE4"/>
     <w:rsid w:val="00202153"/>
     <w:rsid w:val="002773D1"/>
     <w:rsid w:val="002A6B8D"/>
     <w:rsid w:val="00311D90"/>
     <w:rsid w:val="003508B3"/>
     <w:rsid w:val="00356FA7"/>
     <w:rsid w:val="003B5D5E"/>
     <w:rsid w:val="00405692"/>
     <w:rsid w:val="00416E54"/>
     <w:rsid w:val="00425BE8"/>
     <w:rsid w:val="00435F4F"/>
     <w:rsid w:val="004A31B9"/>
     <w:rsid w:val="004F2660"/>
     <w:rsid w:val="00511DE3"/>
     <w:rsid w:val="0052112A"/>
     <w:rsid w:val="005D10EA"/>
     <w:rsid w:val="005E3311"/>
     <w:rsid w:val="005F55E5"/>
     <w:rsid w:val="005F75FE"/>
     <w:rsid w:val="00612F84"/>
     <w:rsid w:val="00650E33"/>
     <w:rsid w:val="00670B87"/>
     <w:rsid w:val="00693086"/>
     <w:rsid w:val="0069526D"/>
     <w:rsid w:val="006B4432"/>
     <w:rsid w:val="006D0BB4"/>
     <w:rsid w:val="0075196E"/>
     <w:rsid w:val="00786577"/>
     <w:rsid w:val="007A25C4"/>
     <w:rsid w:val="00803D2E"/>
     <w:rsid w:val="008864AB"/>
     <w:rsid w:val="008871C0"/>
+    <w:rsid w:val="008F2505"/>
     <w:rsid w:val="00932F31"/>
     <w:rsid w:val="00940AE8"/>
     <w:rsid w:val="00955E6C"/>
     <w:rsid w:val="00970660"/>
     <w:rsid w:val="00974323"/>
     <w:rsid w:val="009A025B"/>
     <w:rsid w:val="00A325C2"/>
     <w:rsid w:val="00A5673A"/>
     <w:rsid w:val="00AB50E2"/>
     <w:rsid w:val="00B129D0"/>
     <w:rsid w:val="00B279D2"/>
     <w:rsid w:val="00B5716A"/>
     <w:rsid w:val="00B86B49"/>
     <w:rsid w:val="00B9449A"/>
     <w:rsid w:val="00BA113E"/>
     <w:rsid w:val="00BD552E"/>
     <w:rsid w:val="00C24469"/>
     <w:rsid w:val="00C25878"/>
     <w:rsid w:val="00C27ABC"/>
+    <w:rsid w:val="00C4625A"/>
     <w:rsid w:val="00C731B6"/>
     <w:rsid w:val="00CD6E89"/>
     <w:rsid w:val="00D2775F"/>
     <w:rsid w:val="00D34532"/>
     <w:rsid w:val="00D54108"/>
     <w:rsid w:val="00DE1FEA"/>
     <w:rsid w:val="00DE26D2"/>
     <w:rsid w:val="00E41B26"/>
     <w:rsid w:val="00E453C6"/>
     <w:rsid w:val="00EA2B47"/>
     <w:rsid w:val="00EE0CB4"/>
     <w:rsid w:val="00EE397C"/>
     <w:rsid w:val="00F2519C"/>
     <w:rsid w:val="00FA11EE"/>
     <w:rsid w:val="00FD0149"/>
     <w:rsid w:val="00FE1769"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="64D1BA34"/>
+  <w14:docId w14:val="3D041A3B"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0A89DB38-4C4B-4F9D-885B-304CED54E272}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2951,51 +2969,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001E0732"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001E0732"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="333532761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="697047089">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3260,51 +3278,55 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1676031576">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///E:\Users\Cath\Downloads\DATE%20journal%20template-OTH%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3524,74 +3546,415 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009E38B3675077EF4CB4F9E9DEF5814E5A" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="948de92a532a2f40605c3810da4563fa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4eed7734-4298-480f-8e14-00f1328fd627" xmlns:ns3="0f5469f2-f5e9-4631-a65e-d600e58da32d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="791a31e74ebbd0c4ee6ed875946ec863" ns2:_="" ns3:_="">
+    <xsd:import namespace="4eed7734-4298-480f-8e14-00f1328fd627"/>
+    <xsd:import namespace="0f5469f2-f5e9-4631-a65e-d600e58da32d"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:Test" minOccurs="0"/>
+                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:DateandTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4eed7734-4298-480f-8e14-00f1328fd627" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="13fea976-0fb7-4036-bc8a-08177e9f5879" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Test" ma:index="25" nillable="true" ma:displayName="Test " ma:format="DateTime" ma:internalName="Test">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Status" ma:index="26" nillable="true" ma:displayName="Status" ma:default="Active" ma:format="RadioButtons" ma:internalName="Status">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Active"/>
+              <xsd:enumeration value="Archive"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DateandTime" ma:index="28" nillable="true" ma:displayName="Date and Time" ma:format="DateOnly" ma:internalName="DateandTime">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0f5469f2-f5e9-4631-a65e-d600e58da32d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c4b83853-29e3-4296-9b7a-e0b00baedf48}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0f5469f2-f5e9-4631-a65e-d600e58da32d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4eed7734-4298-480f-8e14-00f1328fd627">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Status xmlns="4eed7734-4298-480f-8e14-00f1328fd627">Active</Status>
+    <Test xmlns="4eed7734-4298-480f-8e14-00f1328fd627" xsi:nil="true"/>
+    <DateandTime xmlns="4eed7734-4298-480f-8e14-00f1328fd627" xsi:nil="true"/>
+    <TaxCatchAll xmlns="0f5469f2-f5e9-4631-a65e-d600e58da32d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DC6008B-9738-4916-A609-F35B7BDBB8AD}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4433E9F4-2348-43BD-84E1-3208F64A4FB7}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B050DB6-8B3F-4227-97E6-3700472821B0}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>DATE journal template.dotx</Template>
+  <Template>DATE journal template-OTH (1).dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>372</Words>
-  <Characters>2123</Characters>
+  <Words>374</Words>
+  <Characters>2121</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>32</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Referee</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101009E38B3675077EF4CB4F9E9DEF5814E5A</vt:lpwstr>
+  </property>
+</Properties>
+</file>